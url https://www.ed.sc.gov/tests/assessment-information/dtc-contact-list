--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\AssessmentStandards\Test Administration Team\DTCs\DTC Lists\2025-26\Posted on Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jsblack\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB7D069E-E96B-4526-A1CB-AD559F259CDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{390FB8A0-F2A3-4D62-A5D3-76E372AAD2C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025 - 2026 Primary" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025 - 2026 Primary'!$A$1:$F$72</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2025 - 2026 Primary'!$A$1:$G$90</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025 - 2026 Primary'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1280,56 +1280,50 @@
   <si>
     <t>Cullen</t>
   </si>
   <si>
     <t xml:space="preserve">Angela </t>
   </si>
   <si>
     <t>Tanner</t>
   </si>
   <si>
     <t>Dionne</t>
   </si>
   <si>
     <t>Burggraaf</t>
   </si>
   <si>
     <t>Betsy</t>
   </si>
   <si>
     <t>Kelly</t>
   </si>
   <si>
     <t>Beasley</t>
   </si>
   <si>
-    <t>Neilson</t>
-[...4 lines deleted...]
-  <si>
     <t>Jessi</t>
   </si>
   <si>
     <t>jkelly@york.k12.sc.us</t>
   </si>
   <si>
     <t>dionne.young@jcsd.net</t>
   </si>
   <si>
     <t>jomcelveen@wcsd.k12.sc.us</t>
   </si>
   <si>
     <t>141 Twin Lake Road
 Gaffney, South Carolina 29341</t>
   </si>
   <si>
     <t>York 2 
 (Clover School District)</t>
   </si>
   <si>
     <t>York 3  
 (Rock Hill Schools)</t>
   </si>
   <si>
     <t>York 4 
@@ -1685,50 +1679,56 @@
   <si>
     <t xml:space="preserve">1735 Haviland Circle
 Columbia  SC 29210 </t>
   </si>
   <si>
     <t xml:space="preserve">15 University Street
 Greenville  SC 29601 </t>
   </si>
   <si>
     <t>401 Railroad Ave
 Hartsville  SC  29550</t>
   </si>
   <si>
     <t xml:space="preserve">192 Gettys Road
 McCormick  SC 29835 </t>
   </si>
   <si>
     <t xml:space="preserve">355 Cedar Springs Road
 Spartanburg  SC 29302 </t>
   </si>
   <si>
     <t>Shemia</t>
   </si>
   <si>
     <t>Yearwood</t>
+  </si>
+  <si>
+    <t>Johni</t>
+  </si>
+  <si>
+    <t>McElveen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2308,2042 +2308,2044 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCC0D9FF-2A09-4223-8B87-19988CFCDF13}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G90"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="130" zoomScaleNormal="120" zoomScaleSheetLayoutView="130" zoomScalePageLayoutView="130" workbookViewId="0"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A75" zoomScale="130" zoomScaleNormal="120" zoomScaleSheetLayoutView="130" zoomScalePageLayoutView="130" workbookViewId="0">
+      <selection activeCell="D77" sqref="D77"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="24.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="24.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="29.28515625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="29.26953125" style="4" customWidth="1"/>
     <col min="2" max="2" width="8" style="4" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="14.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.7265625" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" style="4" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="22.7109375" style="4" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="24.42578125" style="4"/>
+    <col min="5" max="5" width="22.7265625" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="36.7265625" style="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="39.26953125" style="4" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="24.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" ht="17.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29" t="s">
         <v>150</v>
       </c>
       <c r="C1" s="29" t="s">
         <v>151</v>
       </c>
       <c r="D1" s="29" t="s">
         <v>152</v>
       </c>
       <c r="E1" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="29" t="s">
         <v>2</v>
       </c>
       <c r="G1" s="30" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="14" t="s">
         <v>315</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>153</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E2" s="16" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>122</v>
       </c>
       <c r="G2" s="9" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A3" s="17" t="s">
         <v>315</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>153</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>354</v>
       </c>
       <c r="D3" s="18" t="s">
         <v>355</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>357</v>
       </c>
       <c r="F3" s="26" t="s">
         <v>356</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A4" s="17" t="s">
         <v>316</v>
       </c>
       <c r="B4" s="18"/>
       <c r="C4" s="18" t="s">
         <v>296</v>
       </c>
       <c r="D4" s="18" t="s">
         <v>297</v>
       </c>
       <c r="E4" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="26" t="s">
         <v>298</v>
       </c>
       <c r="G4" s="8" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A5" s="17" t="s">
         <v>317</v>
       </c>
       <c r="B5" s="18"/>
       <c r="C5" s="18" t="s">
         <v>400</v>
       </c>
       <c r="D5" s="18" t="s">
         <v>401</v>
       </c>
       <c r="E5" s="7" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F5" s="26" t="s">
         <v>387</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A6" s="17" t="s">
         <v>317</v>
       </c>
       <c r="B6" s="18"/>
       <c r="C6" s="18" t="s">
         <v>402</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>189</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>396</v>
       </c>
       <c r="F6" s="26" t="s">
         <v>388</v>
       </c>
       <c r="G6" s="8" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C7" s="18" t="s">
         <v>339</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>340</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>338</v>
       </c>
       <c r="F7" s="26" t="s">
         <v>337</v>
       </c>
       <c r="G7" s="8" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A8" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="18"/>
       <c r="C8" s="18" t="s">
         <v>162</v>
       </c>
       <c r="D8" s="18" t="s">
         <v>221</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>145</v>
       </c>
       <c r="F8" s="26" t="s">
         <v>146</v>
       </c>
       <c r="G8" s="8" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A9" s="17" t="s">
         <v>313</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C9" s="18" t="s">
         <v>163</v>
       </c>
       <c r="D9" s="18" t="s">
         <v>222</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>6</v>
       </c>
       <c r="F9" s="25" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="8" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A10" s="17" t="s">
         <v>314</v>
       </c>
       <c r="B10" s="18"/>
       <c r="C10" s="18" t="s">
         <v>164</v>
       </c>
       <c r="D10" s="18" t="s">
         <v>223</v>
       </c>
       <c r="E10" s="18" t="s">
         <v>283</v>
       </c>
       <c r="F10" s="26" t="s">
         <v>139</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C11" s="18" t="s">
         <v>165</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>224</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="F11" s="25" t="s">
         <v>9</v>
       </c>
       <c r="G11" s="8" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A12" s="17" t="s">
         <v>360</v>
       </c>
       <c r="B12" s="18"/>
       <c r="C12" s="18" t="s">
         <v>333</v>
       </c>
       <c r="D12" s="18" t="s">
         <v>334</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>335</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>336</v>
       </c>
       <c r="G12" s="8" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="17" t="s">
         <v>318</v>
       </c>
       <c r="B13" s="18"/>
       <c r="C13" s="18" t="s">
         <v>166</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>225</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>306</v>
       </c>
       <c r="F13" s="26" t="s">
         <v>381</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A14" s="17" t="s">
         <v>319</v>
       </c>
       <c r="B14" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C14" s="18" t="s">
         <v>351</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>352</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="26" t="s">
         <v>353</v>
       </c>
       <c r="G14" s="8" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A15" s="17" t="s">
         <v>320</v>
       </c>
       <c r="B15" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C15" s="18" t="s">
         <v>167</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>226</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" s="17" t="s">
         <v>321</v>
       </c>
       <c r="B16" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C16" s="18" t="s">
         <v>168</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>227</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="25" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A17" s="17" t="s">
         <v>322</v>
       </c>
       <c r="B17" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C17" s="18" t="s">
         <v>169</v>
       </c>
       <c r="D17" s="18" t="s">
         <v>228</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="25" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="8" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="17" t="s">
         <v>323</v>
       </c>
       <c r="B18" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>170</v>
       </c>
       <c r="D18" s="18" t="s">
         <v>229</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="25" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="8" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A19" s="17" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="18"/>
       <c r="C19" s="18" t="s">
         <v>210</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>403</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>385</v>
       </c>
       <c r="F19" s="26" t="s">
         <v>386</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A20" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C20" s="18" t="s">
         <v>171</v>
       </c>
       <c r="D20" s="18" t="s">
         <v>230</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="25" t="s">
         <v>22</v>
       </c>
       <c r="G20" s="8" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="17" t="s">
         <v>368</v>
       </c>
       <c r="B21" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C21" s="18" t="s">
         <v>281</v>
       </c>
       <c r="D21" s="18" t="s">
         <v>282</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>280</v>
       </c>
       <c r="F21" s="26" t="s">
         <v>279</v>
       </c>
       <c r="G21" s="8" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A22" s="17" t="s">
         <v>358</v>
       </c>
       <c r="B22" s="18"/>
       <c r="C22" s="18" t="s">
         <v>172</v>
       </c>
       <c r="D22" s="18" t="s">
         <v>231</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="26" t="s">
         <v>123</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A23" s="17" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="18"/>
       <c r="C23" s="18" t="s">
         <v>404</v>
       </c>
       <c r="D23" s="18" t="s">
         <v>405</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="F23" s="26" t="s">
         <v>382</v>
       </c>
       <c r="G23" s="8" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A24" s="17" t="s">
         <v>324</v>
       </c>
       <c r="B24" s="18" t="s">
         <v>157</v>
       </c>
       <c r="C24" s="18" t="s">
         <v>173</v>
       </c>
       <c r="D24" s="18" t="s">
         <v>232</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>114</v>
       </c>
       <c r="F24" s="26" t="s">
         <v>362</v>
       </c>
       <c r="G24" s="8" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="18"/>
       <c r="C25" s="18" t="s">
         <v>174</v>
       </c>
       <c r="D25" s="18" t="s">
         <v>233</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="F25" s="26" t="s">
         <v>119</v>
       </c>
       <c r="G25" s="8" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="3" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A26" s="17" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C26" s="18" t="s">
         <v>175</v>
       </c>
       <c r="D26" s="18" t="s">
         <v>53</v>
       </c>
       <c r="E26" s="18" t="s">
         <v>370</v>
       </c>
       <c r="F26" s="25" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="8" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A27" s="17" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="18"/>
       <c r="C27" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>234</v>
       </c>
       <c r="E27" s="18" t="s">
         <v>284</v>
       </c>
       <c r="F27" s="26" t="s">
         <v>140</v>
       </c>
       <c r="G27" s="8" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="18"/>
       <c r="C28" s="18" t="s">
         <v>291</v>
       </c>
       <c r="D28" s="18" t="s">
         <v>292</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>293</v>
       </c>
       <c r="F28" s="26" t="s">
         <v>294</v>
       </c>
       <c r="G28" s="8" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="3" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A29" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="18"/>
       <c r="C29" s="18" t="s">
         <v>304</v>
       </c>
       <c r="D29" s="18" t="s">
         <v>235</v>
       </c>
       <c r="E29" s="18" t="s">
         <v>378</v>
       </c>
       <c r="F29" s="26" t="s">
         <v>148</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A30" s="17" t="s">
         <v>325</v>
       </c>
       <c r="B30" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C30" s="18" t="s">
         <v>286</v>
       </c>
       <c r="D30" s="18" t="s">
         <v>287</v>
       </c>
       <c r="E30" s="18" t="s">
         <v>288</v>
       </c>
       <c r="F30" s="26" t="s">
         <v>343</v>
       </c>
       <c r="G30" s="8" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A31" s="17" t="s">
         <v>398</v>
       </c>
       <c r="B31" s="18"/>
       <c r="C31" s="18" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="E31" s="18" t="s">
         <v>129</v>
       </c>
       <c r="F31" s="26" t="s">
         <v>399</v>
       </c>
       <c r="G31" s="8" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A32" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="18" t="s">
         <v>281</v>
       </c>
       <c r="D32" s="18" t="s">
         <v>406</v>
       </c>
       <c r="E32" s="18" t="s">
         <v>129</v>
       </c>
       <c r="F32" s="26" t="s">
         <v>390</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A33" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C33" s="18" t="s">
         <v>177</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>236</v>
       </c>
       <c r="E33" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F33" s="25" t="s">
         <v>34</v>
       </c>
       <c r="G33" s="8" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A34" s="17" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="18"/>
       <c r="C34" s="18" t="s">
         <v>210</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>264</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="F34" s="26" t="s">
         <v>395</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A35" s="17" t="s">
         <v>36</v>
       </c>
       <c r="B35" s="18"/>
       <c r="C35" s="18" t="s">
         <v>407</v>
       </c>
       <c r="D35" s="18" t="s">
         <v>408</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>37</v>
       </c>
       <c r="F35" s="18" t="s">
         <v>391</v>
       </c>
       <c r="G35" s="8" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A36" s="17" t="s">
         <v>326</v>
       </c>
       <c r="B36" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C36" s="18" t="s">
         <v>178</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>237</v>
       </c>
       <c r="E36" s="18" t="s">
         <v>111</v>
       </c>
       <c r="F36" s="26" t="s">
         <v>110</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A37" s="17" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C37" s="18" t="s">
         <v>179</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>238</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>39</v>
       </c>
       <c r="F37" s="25" t="s">
         <v>40</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A38" s="17" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="18"/>
       <c r="C38" s="18" t="s">
         <v>180</v>
       </c>
       <c r="D38" s="18" t="s">
         <v>239</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>124</v>
       </c>
       <c r="F38" s="26" t="s">
         <v>125</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="17" t="s">
         <v>310</v>
       </c>
       <c r="B39" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C39" s="18" t="s">
         <v>181</v>
       </c>
       <c r="D39" s="18" t="s">
         <v>240</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>41</v>
       </c>
       <c r="F39" s="25" t="s">
         <v>42</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A40" s="17" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C40" s="18" t="s">
         <v>182</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>241</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F40" s="25" t="s">
         <v>45</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A41" s="17" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="18"/>
       <c r="C41" s="18" t="s">
         <v>183</v>
       </c>
       <c r="D41" s="18" t="s">
         <v>242</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>371</v>
       </c>
       <c r="F41" s="26" t="s">
         <v>149</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="17" t="s">
         <v>109</v>
       </c>
       <c r="B42" s="18"/>
       <c r="C42" s="18" t="s">
         <v>185</v>
       </c>
       <c r="D42" s="18" t="s">
         <v>243</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>308</v>
       </c>
       <c r="F42" s="26" t="s">
         <v>131</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A43" s="17" t="s">
         <v>47</v>
       </c>
       <c r="B43" s="18"/>
       <c r="C43" s="18" t="s">
         <v>173</v>
       </c>
       <c r="D43" s="18" t="s">
         <v>245</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>144</v>
       </c>
       <c r="F43" s="26" t="s">
         <v>135</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A44" s="17" t="s">
         <v>47</v>
       </c>
       <c r="B44" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C44" s="18" t="s">
         <v>184</v>
       </c>
       <c r="D44" s="18" t="s">
         <v>244</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>48</v>
       </c>
       <c r="F44" s="25" t="s">
         <v>49</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="18"/>
       <c r="C45" s="18" t="s">
         <v>409</v>
       </c>
       <c r="D45" s="18" t="s">
         <v>240</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="F45" s="26" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="17" t="s">
         <v>327</v>
       </c>
       <c r="B46" s="18"/>
       <c r="C46" s="18" t="s">
         <v>186</v>
       </c>
       <c r="D46" s="18" t="s">
         <v>359</v>
       </c>
       <c r="E46" s="18" t="s">
         <v>380</v>
       </c>
       <c r="F46" s="26" t="s">
         <v>147</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A47" s="17" t="s">
         <v>328</v>
       </c>
       <c r="B47" s="18" t="s">
         <v>157</v>
       </c>
       <c r="C47" s="18" t="s">
         <v>307</v>
       </c>
       <c r="D47" s="18" t="s">
         <v>246</v>
       </c>
       <c r="E47" s="18" t="s">
         <v>113</v>
       </c>
       <c r="F47" s="25" t="s">
         <v>51</v>
       </c>
       <c r="G47" s="12" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A48" s="17" t="s">
         <v>303</v>
       </c>
       <c r="B48" s="18"/>
       <c r="C48" s="18" t="s">
         <v>187</v>
       </c>
       <c r="D48" s="18" t="s">
         <v>247</v>
       </c>
       <c r="E48" s="18" t="s">
         <v>52</v>
       </c>
       <c r="F48" s="26" t="s">
         <v>138</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="17" t="s">
         <v>299</v>
       </c>
       <c r="B49" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C49" s="18" t="s">
         <v>300</v>
       </c>
       <c r="D49" s="18" t="s">
         <v>301</v>
       </c>
       <c r="E49" s="18" t="s">
         <v>372</v>
       </c>
       <c r="F49" s="26" t="s">
         <v>302</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A50" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B50" s="18"/>
       <c r="C50" s="18" t="s">
         <v>188</v>
       </c>
       <c r="D50" s="18" t="s">
         <v>276</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>54</v>
       </c>
       <c r="F50" s="26" t="s">
         <v>141</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A51" s="17" t="s">
         <v>312</v>
       </c>
       <c r="B51" s="18" t="s">
         <v>158</v>
       </c>
       <c r="C51" s="18" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="18" t="s">
         <v>241</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>55</v>
       </c>
       <c r="F51" s="25" t="s">
         <v>56</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A52" s="17" t="s">
         <v>57</v>
       </c>
       <c r="B52" s="18"/>
       <c r="C52" s="18" t="s">
         <v>347</v>
       </c>
       <c r="D52" s="18" t="s">
         <v>410</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>393</v>
       </c>
       <c r="F52" s="26" t="s">
         <v>394</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A53" s="17" t="s">
         <v>57</v>
       </c>
       <c r="B53" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C53" s="18" t="s">
         <v>190</v>
       </c>
       <c r="D53" s="18" t="s">
         <v>248</v>
       </c>
       <c r="E53" s="18" t="s">
         <v>309</v>
       </c>
       <c r="F53" s="26" t="s">
         <v>116</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A54" s="17" t="s">
         <v>311</v>
       </c>
       <c r="B54" s="18" t="s">
         <v>157</v>
       </c>
       <c r="C54" s="18" t="s">
         <v>191</v>
       </c>
       <c r="D54" s="18" t="s">
         <v>249</v>
       </c>
       <c r="E54" s="18" t="s">
         <v>295</v>
       </c>
       <c r="F54" s="25" t="s">
         <v>58</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A55" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B55" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C55" s="18" t="s">
         <v>192</v>
       </c>
       <c r="D55" s="18" t="s">
         <v>250</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F55" s="25" t="s">
         <v>60</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="3" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A56" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B56" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C56" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D56" s="18" t="s">
         <v>251</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>62</v>
       </c>
       <c r="F56" s="25" t="s">
         <v>63</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A57" s="17" t="s">
         <v>365</v>
       </c>
       <c r="B57" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C57" s="18" t="s">
         <v>195</v>
       </c>
       <c r="D57" s="18" t="s">
         <v>253</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="F57" s="25" t="s">
         <v>65</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A58" s="17" t="s">
         <v>366</v>
       </c>
       <c r="B58" s="18"/>
       <c r="C58" s="18" t="s">
         <v>196</v>
       </c>
       <c r="D58" s="18" t="s">
         <v>254</v>
       </c>
       <c r="E58" s="18" t="s">
         <v>120</v>
       </c>
       <c r="F58" s="26" t="s">
         <v>121</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" s="17" t="s">
         <v>64</v>
       </c>
       <c r="B59" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C59" s="18" t="s">
         <v>194</v>
       </c>
       <c r="D59" s="18" t="s">
         <v>252</v>
       </c>
       <c r="E59" s="18" t="s">
         <v>305</v>
       </c>
       <c r="F59" s="25" t="s">
         <v>379</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A60" s="17" t="s">
         <v>66</v>
       </c>
       <c r="B60" s="18"/>
       <c r="C60" s="18" t="s">
         <v>197</v>
       </c>
       <c r="D60" s="18" t="s">
         <v>255</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="F60" s="26" t="s">
         <v>136</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A61" s="17" t="s">
         <v>285</v>
       </c>
       <c r="B61" s="18"/>
       <c r="C61" s="18" t="s">
         <v>411</v>
       </c>
       <c r="D61" s="18" t="s">
         <v>412</v>
       </c>
       <c r="E61" s="18" t="s">
         <v>67</v>
       </c>
       <c r="F61" s="19" t="s">
         <v>389</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A62" s="17" t="s">
         <v>367</v>
       </c>
       <c r="B62" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C62" s="18" t="s">
         <v>198</v>
       </c>
       <c r="D62" s="18" t="s">
         <v>256</v>
       </c>
       <c r="E62" s="18" t="s">
         <v>137</v>
       </c>
       <c r="F62" s="25" t="s">
         <v>68</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A63" s="17" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="18"/>
       <c r="C63" s="18" t="s">
         <v>199</v>
       </c>
       <c r="D63" s="18" t="s">
         <v>257</v>
       </c>
       <c r="E63" s="18" t="s">
         <v>126</v>
       </c>
       <c r="F63" s="26" t="s">
         <v>127</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A64" s="17" t="s">
         <v>70</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C64" s="18" t="s">
         <v>200</v>
       </c>
       <c r="D64" s="18" t="s">
         <v>289</v>
       </c>
       <c r="E64" s="18" t="s">
         <v>71</v>
       </c>
       <c r="F64" s="26" t="s">
         <v>290</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A65" s="17" t="s">
         <v>70</v>
       </c>
       <c r="B65" s="18"/>
       <c r="C65" s="18" t="s">
         <v>201</v>
       </c>
       <c r="D65" s="18" t="s">
         <v>258</v>
       </c>
       <c r="E65" s="18" t="s">
         <v>344</v>
       </c>
       <c r="F65" s="24" t="s">
         <v>134</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A66" s="17" t="s">
         <v>72</v>
       </c>
       <c r="B66" s="18" t="s">
         <v>157</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>347</v>
       </c>
       <c r="D66" s="18" t="s">
         <v>345</v>
       </c>
       <c r="E66" s="18" t="s">
         <v>73</v>
       </c>
       <c r="F66" s="26" t="s">
         <v>346</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A67" s="17" t="s">
         <v>74</v>
       </c>
       <c r="B67" s="18"/>
       <c r="C67" s="18" t="s">
         <v>202</v>
       </c>
       <c r="D67" s="18" t="s">
         <v>259</v>
       </c>
       <c r="E67" s="18" t="s">
         <v>75</v>
       </c>
       <c r="F67" s="26" t="s">
         <v>128</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A68" s="17" t="s">
         <v>331</v>
       </c>
       <c r="B68" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C68" s="18" t="s">
         <v>203</v>
       </c>
       <c r="D68" s="18" t="s">
         <v>53</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>383</v>
       </c>
       <c r="F68" s="26" t="s">
         <v>384</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A69" s="17" t="s">
         <v>76</v>
       </c>
       <c r="B69" s="18"/>
       <c r="C69" s="18" t="s">
         <v>204</v>
       </c>
       <c r="D69" s="18" t="s">
         <v>260</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>77</v>
       </c>
       <c r="F69" s="26" t="s">
         <v>107</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A70" s="17" t="s">
         <v>78</v>
       </c>
       <c r="B70" s="18"/>
       <c r="C70" s="18" t="s">
         <v>220</v>
       </c>
       <c r="D70" s="18" t="s">
         <v>413</v>
       </c>
       <c r="E70" s="18" t="s">
         <v>397</v>
       </c>
       <c r="F70" s="26" t="s">
         <v>392</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A71" s="17" t="s">
         <v>330</v>
       </c>
       <c r="B71" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C71" s="18" t="s">
         <v>205</v>
       </c>
       <c r="D71" s="18" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>79</v>
       </c>
       <c r="F71" s="25" t="s">
         <v>80</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A72" s="17" t="s">
         <v>329</v>
       </c>
       <c r="B72" s="18" t="s">
         <v>159</v>
       </c>
       <c r="C72" s="18" t="s">
         <v>206</v>
       </c>
       <c r="D72" s="18" t="s">
         <v>222</v>
       </c>
       <c r="E72" s="18" t="s">
         <v>81</v>
       </c>
       <c r="F72" s="25" t="s">
         <v>82</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A73" s="17" t="s">
         <v>332</v>
       </c>
       <c r="B73" s="18" t="s">
         <v>159</v>
       </c>
       <c r="C73" s="18" t="s">
         <v>348</v>
       </c>
       <c r="D73" s="18" t="s">
         <v>349</v>
       </c>
       <c r="E73" s="18" t="s">
         <v>350</v>
       </c>
       <c r="F73" s="26" t="s">
         <v>361</v>
       </c>
       <c r="G73" s="8" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A74" s="17" t="s">
         <v>83</v>
       </c>
       <c r="B74" s="18"/>
       <c r="C74" s="18" t="s">
         <v>207</v>
       </c>
       <c r="D74" s="18" t="s">
         <v>262</v>
       </c>
       <c r="E74" s="18" t="s">
         <v>84</v>
       </c>
       <c r="F74" s="26" t="s">
         <v>130</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A75" s="17" t="s">
         <v>85</v>
       </c>
       <c r="B75" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="18" t="s">
         <v>208</v>
       </c>
       <c r="D75" s="18" t="s">
         <v>230</v>
       </c>
       <c r="E75" s="7" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F75" s="25" t="s">
         <v>86</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A76" s="17" t="s">
         <v>87</v>
       </c>
       <c r="B76" s="18" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="18" t="s">
         <v>209</v>
       </c>
       <c r="D76" s="18" t="s">
         <v>263</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="F76" s="25" t="s">
         <v>88</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A77" s="17" t="s">
         <v>89</v>
       </c>
       <c r="B77" s="18"/>
       <c r="C77" s="18" t="s">
-        <v>414</v>
+        <v>516</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>415</v>
+        <v>517</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="F77" s="26" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="G77" s="8" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A78" s="17" t="s">
         <v>90</v>
       </c>
       <c r="B78" s="18"/>
       <c r="C78" s="18" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D78" s="18" t="s">
         <v>412</v>
       </c>
       <c r="E78" s="20" t="s">
         <v>373</v>
       </c>
       <c r="F78" s="26" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A79" s="21" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B79" s="18"/>
       <c r="C79" s="18" t="s">
         <v>160</v>
       </c>
       <c r="D79" s="18" t="s">
         <v>265</v>
       </c>
       <c r="E79" s="18" t="s">
         <v>91</v>
       </c>
       <c r="F79" s="26" t="s">
         <v>132</v>
       </c>
       <c r="G79" s="8" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A80" s="21" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B80" s="18" t="s">
         <v>154</v>
       </c>
       <c r="C80" s="18" t="s">
         <v>211</v>
       </c>
       <c r="D80" s="18" t="s">
         <v>266</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>92</v>
       </c>
       <c r="F80" s="25" t="s">
         <v>93</v>
       </c>
       <c r="G80" s="8" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A81" s="21" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="18" t="s">
         <v>212</v>
       </c>
       <c r="D81" s="18" t="s">
         <v>267</v>
       </c>
       <c r="E81" s="18" t="s">
         <v>374</v>
       </c>
       <c r="F81" s="25" t="s">
         <v>94</v>
       </c>
       <c r="G81" s="8" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A82" s="17" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="18"/>
       <c r="C82" s="18" t="s">
         <v>214</v>
       </c>
       <c r="D82" s="18" t="s">
         <v>269</v>
       </c>
       <c r="E82" s="18" t="s">
         <v>143</v>
       </c>
       <c r="F82" s="26" t="s">
         <v>142</v>
       </c>
       <c r="G82" s="8" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A83" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B83" s="18"/>
       <c r="C83" s="18" t="s">
         <v>363</v>
       </c>
       <c r="D83" s="18" t="s">
         <v>364</v>
       </c>
       <c r="E83" s="18" t="s">
         <v>341</v>
       </c>
       <c r="F83" s="26" t="s">
         <v>342</v>
       </c>
       <c r="G83" s="8" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A84" s="17" t="s">
         <v>278</v>
       </c>
       <c r="B84" s="18"/>
       <c r="C84" s="18" t="s">
         <v>213</v>
       </c>
       <c r="D84" s="18" t="s">
         <v>268</v>
       </c>
       <c r="E84" s="18" t="s">
         <v>375</v>
       </c>
       <c r="F84" s="26" t="s">
         <v>133</v>
       </c>
       <c r="G84" s="8" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A85" s="17" t="s">
         <v>100</v>
       </c>
       <c r="B85" s="18" t="s">
         <v>155</v>
       </c>
       <c r="C85" s="18" t="s">
         <v>218</v>
       </c>
       <c r="D85" s="18" t="s">
         <v>241</v>
       </c>
       <c r="E85" s="18" t="s">
         <v>101</v>
       </c>
       <c r="F85" s="25" t="s">
         <v>102</v>
       </c>
       <c r="G85" s="8" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A86" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B86" s="18" t="s">
         <v>158</v>
       </c>
       <c r="C86" s="18" t="s">
         <v>217</v>
       </c>
       <c r="D86" s="18" t="s">
         <v>272</v>
       </c>
       <c r="E86" s="18" t="s">
         <v>98</v>
       </c>
       <c r="F86" s="25" t="s">
         <v>99</v>
       </c>
       <c r="G86" s="11"/>
     </row>
-    <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A87" s="17" t="s">
         <v>103</v>
       </c>
       <c r="B87" s="18"/>
       <c r="C87" s="18" t="s">
         <v>219</v>
       </c>
       <c r="D87" s="18" t="s">
         <v>273</v>
       </c>
       <c r="E87" s="18" t="s">
         <v>108</v>
       </c>
       <c r="F87" s="26" t="s">
         <v>117</v>
       </c>
       <c r="G87" s="8" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A88" s="17" t="s">
         <v>104</v>
       </c>
       <c r="B88" s="18" t="s">
         <v>153</v>
       </c>
       <c r="C88" s="18" t="s">
         <v>274</v>
       </c>
       <c r="D88" s="18" t="s">
         <v>275</v>
       </c>
       <c r="E88" s="18" t="s">
         <v>105</v>
       </c>
       <c r="F88" s="26" t="s">
         <v>376</v>
       </c>
       <c r="G88" s="8" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A89" s="17" t="s">
         <v>377</v>
       </c>
       <c r="B89" s="18"/>
       <c r="C89" s="18" t="s">
         <v>215</v>
       </c>
       <c r="D89" s="18" t="s">
         <v>270</v>
       </c>
       <c r="E89" s="18" t="s">
         <v>96</v>
       </c>
       <c r="F89" s="26" t="s">
         <v>112</v>
       </c>
       <c r="G89" s="8" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:7" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A90" s="22" t="s">
         <v>369</v>
       </c>
       <c r="B90" s="23" t="s">
         <v>153</v>
       </c>
       <c r="C90" s="23" t="s">
         <v>216</v>
       </c>
       <c r="D90" s="23" t="s">
         <v>271</v>
       </c>
       <c r="E90" s="23" t="s">
         <v>115</v>
       </c>
       <c r="F90" s="27" t="s">
         <v>106</v>
       </c>
       <c r="G90" s="13" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F72" xr:uid="{FCC0D9FF-2A09-4223-8B87-19988CFCDF13}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G81">
     <sortCondition ref="A2:A81"/>
   </sortState>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="82" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri,Bold"&amp;16 2025-2026 DTC Contact</oddHeader>
     <oddFooter>&amp;RUpdated &amp;D &amp;T</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="21" max="6" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>